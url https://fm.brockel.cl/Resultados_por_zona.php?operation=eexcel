--- v0 (2025-11-08)
+++ v1 (2026-03-02)
@@ -12,311 +12,299 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <t>Zona</t>
   </si>
   <si>
     <t>Tipo de Fondo</t>
   </si>
   <si>
     <t>1d</t>
   </si>
   <si>
     <t>3d</t>
   </si>
   <si>
     <t>1s</t>
   </si>
   <si>
     <t>1m</t>
   </si>
   <si>
     <t>3m</t>
   </si>
   <si>
     <t>12m</t>
   </si>
   <si>
     <t>24m</t>
   </si>
   <si>
+    <t>ASIA</t>
+  </si>
+  <si>
+    <t>Renta variable</t>
+  </si>
+  <si>
+    <t>0.51%</t>
+  </si>
+  <si>
+    <t>1.78%</t>
+  </si>
+  <si>
+    <t>2.78%</t>
+  </si>
+  <si>
+    <t>5.12%</t>
+  </si>
+  <si>
+    <t>8.70%</t>
+  </si>
+  <si>
+    <t>26.88%</t>
+  </si>
+  <si>
+    <t>34.60%</t>
+  </si>
+  <si>
     <t>BRASIL</t>
   </si>
   <si>
-    <t>Renta variable</t>
-[...20 lines deleted...]
-    <t>10.47%</t>
+    <t>-0.42%</t>
+  </si>
+  <si>
+    <t>-0.85%</t>
+  </si>
+  <si>
+    <t>0.59%</t>
+  </si>
+  <si>
+    <t>3.37%</t>
+  </si>
+  <si>
+    <t>5.75%</t>
+  </si>
+  <si>
+    <t>34.77%</t>
+  </si>
+  <si>
+    <t>2.75%</t>
   </si>
   <si>
     <t>LATINO AMERICA</t>
   </si>
   <si>
-    <t>0.11%</t>
-[...17 lines deleted...]
-    <t>18.44%</t>
+    <t>-0.05%</t>
+  </si>
+  <si>
+    <t>0.05%</t>
+  </si>
+  <si>
+    <t>0.68%</t>
+  </si>
+  <si>
+    <t>1.57%</t>
+  </si>
+  <si>
+    <t>6.63%</t>
+  </si>
+  <si>
+    <t>24.48%</t>
+  </si>
+  <si>
+    <t>15.87%</t>
+  </si>
+  <si>
+    <t>EUROPA</t>
+  </si>
+  <si>
+    <t>0.47%</t>
+  </si>
+  <si>
+    <t>-0.15%</t>
+  </si>
+  <si>
+    <t>0.54%</t>
+  </si>
+  <si>
+    <t>0.85%</t>
+  </si>
+  <si>
+    <t>4.19%</t>
+  </si>
+  <si>
+    <t>17.42%</t>
+  </si>
+  <si>
+    <t>21.57%</t>
+  </si>
+  <si>
+    <t>GLOBAL</t>
+  </si>
+  <si>
+    <t>0.22%</t>
+  </si>
+  <si>
+    <t>0.34%</t>
+  </si>
+  <si>
+    <t>0.61%</t>
+  </si>
+  <si>
+    <t>0.84%</t>
+  </si>
+  <si>
+    <t>10.28%</t>
+  </si>
+  <si>
+    <t>16.67%</t>
+  </si>
+  <si>
+    <t>Renta fija</t>
+  </si>
+  <si>
+    <t>0.03%</t>
+  </si>
+  <si>
+    <t>0.06%</t>
+  </si>
+  <si>
+    <t>0.10%</t>
+  </si>
+  <si>
+    <t>0.75%</t>
+  </si>
+  <si>
+    <t>1.66%</t>
+  </si>
+  <si>
+    <t>7.43%</t>
+  </si>
+  <si>
+    <t>15.24%</t>
   </si>
   <si>
     <t>CHILE</t>
   </si>
   <si>
-    <t>-0.12%</t>
-[...23 lines deleted...]
-    <t>Renta fija</t>
+    <t>0.02%</t>
   </si>
   <si>
     <t>0.04%</t>
   </si>
   <si>
-    <t>0.06%</t>
+    <t>1.04%</t>
+  </si>
+  <si>
+    <t>4.95%</t>
+  </si>
+  <si>
+    <t>12.18%</t>
   </si>
   <si>
     <t>0.09%</t>
   </si>
   <si>
+    <t>0.16%</t>
+  </si>
+  <si>
+    <t>0.20%</t>
+  </si>
+  <si>
+    <t>0.45%</t>
+  </si>
+  <si>
+    <t>0.92%</t>
+  </si>
+  <si>
+    <t>6.37%</t>
+  </si>
+  <si>
+    <t>12.64%</t>
+  </si>
+  <si>
+    <t>-0.02%</t>
+  </si>
+  <si>
+    <t>0.36%</t>
+  </si>
+  <si>
+    <t>0.46%</t>
+  </si>
+  <si>
+    <t>-0.59%</t>
+  </si>
+  <si>
+    <t>2.35%</t>
+  </si>
+  <si>
+    <t>15.53%</t>
+  </si>
+  <si>
+    <t>23.68%</t>
+  </si>
+  <si>
+    <t>ESTADOS UNIDOS</t>
+  </si>
+  <si>
     <t>0.38%</t>
   </si>
   <si>
-    <t>1.24%</t>
-[...137 lines deleted...]
-    <t>43.51%</t>
+    <t>-1.95%</t>
+  </si>
+  <si>
+    <t>-4.78%</t>
+  </si>
+  <si>
+    <t>7.31%</t>
+  </si>
+  <si>
+    <t>16.24%</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -631,51 +619,51 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="8" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="8" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="8" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
@@ -759,246 +747,246 @@
       </c>
       <c r="D4" t="s">
         <v>28</v>
       </c>
       <c r="E4" t="s">
         <v>29</v>
       </c>
       <c r="F4" t="s">
         <v>30</v>
       </c>
       <c r="G4" t="s">
         <v>31</v>
       </c>
       <c r="H4" t="s">
         <v>32</v>
       </c>
       <c r="I4" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
         <v>34</v>
       </c>
       <c r="B5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C5" t="s">
         <v>35</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>36</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>37</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
         <v>38</v>
       </c>
-      <c r="F5" t="s">
+      <c r="G5" t="s">
         <v>39</v>
       </c>
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>40</v>
       </c>
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
+        <v>10</v>
       </c>
       <c r="C6" t="s">
         <v>43</v>
       </c>
       <c r="D6" t="s">
         <v>44</v>
       </c>
       <c r="E6" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="F6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G6" t="s">
-        <v>46</v>
+        <v>29</v>
       </c>
       <c r="H6" t="s">
         <v>47</v>
       </c>
       <c r="I6" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="B7" t="s">
-        <v>35</v>
+        <v>49</v>
       </c>
       <c r="C7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D7" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="E7" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F7" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="H7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="I7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
-        <v>34</v>
+        <v>57</v>
       </c>
       <c r="B8" t="s">
-        <v>10</v>
+        <v>49</v>
       </c>
       <c r="C8" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="D8" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="E8" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="F8" t="s">
-        <v>59</v>
+        <v>35</v>
       </c>
       <c r="G8" t="s">
         <v>60</v>
       </c>
       <c r="H8" t="s">
         <v>61</v>
       </c>
       <c r="I8" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
+        <v>26</v>
+      </c>
+      <c r="B9" t="s">
+        <v>49</v>
+      </c>
+      <c r="C9" t="s">
         <v>63</v>
       </c>
-      <c r="B9" t="s">
-[...2 lines deleted...]
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>64</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>65</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
         <v>66</v>
       </c>
-      <c r="F9" t="s">
+      <c r="G9" t="s">
         <v>67</v>
       </c>
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>68</v>
       </c>
-      <c r="H9" t="s">
+      <c r="I9" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>71</v>
+        <v>57</v>
       </c>
       <c r="B10" t="s">
         <v>10</v>
       </c>
       <c r="C10" t="s">
+        <v>70</v>
+      </c>
+      <c r="D10" t="s">
+        <v>71</v>
+      </c>
+      <c r="E10" t="s">
         <v>72</v>
       </c>
-      <c r="D10" t="s">
+      <c r="F10" t="s">
         <v>73</v>
       </c>
-      <c r="E10" t="s">
+      <c r="G10" t="s">
         <v>74</v>
       </c>
-      <c r="F10" t="s">
+      <c r="H10" t="s">
         <v>75</v>
       </c>
-      <c r="G10" t="s">
+      <c r="I10" t="s">
         <v>76</v>
-      </c>
-[...4 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B11" t="s">
         <v>10</v>
       </c>
       <c r="C11" t="s">
+        <v>78</v>
+      </c>
+      <c r="D11" t="s">
+        <v>35</v>
+      </c>
+      <c r="E11" t="s">
+        <v>65</v>
+      </c>
+      <c r="F11" t="s">
+        <v>79</v>
+      </c>
+      <c r="G11" t="s">
         <v>80</v>
       </c>
-      <c r="D11" t="s">
+      <c r="H11" t="s">
         <v>81</v>
       </c>
-      <c r="E11" t="s">
+      <c r="I11" t="s">
         <v>82</v>
-      </c>
-[...10 lines deleted...]
-        <v>86</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">