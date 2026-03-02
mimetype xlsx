--- v1 (2026-03-02)
+++ v2 (2026-03-02)
@@ -12,299 +12,293 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
   <si>
     <t>Zona</t>
   </si>
   <si>
     <t>Tipo de Fondo</t>
   </si>
   <si>
     <t>1d</t>
   </si>
   <si>
     <t>3d</t>
   </si>
   <si>
     <t>1s</t>
   </si>
   <si>
     <t>1m</t>
   </si>
   <si>
     <t>3m</t>
   </si>
   <si>
     <t>12m</t>
   </si>
   <si>
     <t>24m</t>
   </si>
   <si>
     <t>ASIA</t>
   </si>
   <si>
     <t>Renta variable</t>
   </si>
   <si>
-    <t>0.51%</t>
+    <t>-0.01%</t>
+  </si>
+  <si>
+    <t>0.48%</t>
+  </si>
+  <si>
+    <t>2.30%</t>
+  </si>
+  <si>
+    <t>5.39%</t>
+  </si>
+  <si>
+    <t>9.20%</t>
+  </si>
+  <si>
+    <t>29.48%</t>
+  </si>
+  <si>
+    <t>37.01%</t>
+  </si>
+  <si>
+    <t>BRASIL</t>
+  </si>
+  <si>
+    <t>0.32%</t>
+  </si>
+  <si>
+    <t>-0.09%</t>
+  </si>
+  <si>
+    <t>2.69%</t>
+  </si>
+  <si>
+    <t>6.34%</t>
+  </si>
+  <si>
+    <t>37.34%</t>
+  </si>
+  <si>
+    <t>6.76%</t>
+  </si>
+  <si>
+    <t>EUROPA</t>
+  </si>
+  <si>
+    <t>0.81%</t>
+  </si>
+  <si>
+    <t>1.18%</t>
+  </si>
+  <si>
+    <t>4.82%</t>
+  </si>
+  <si>
+    <t>18.23%</t>
+  </si>
+  <si>
+    <t>24.58%</t>
+  </si>
+  <si>
+    <t>LATINO AMERICA</t>
+  </si>
+  <si>
+    <t>0.00%</t>
+  </si>
+  <si>
+    <t>0.09%</t>
+  </si>
+  <si>
+    <t>0.23%</t>
+  </si>
+  <si>
+    <t>1.52%</t>
+  </si>
+  <si>
+    <t>6.61%</t>
+  </si>
+  <si>
+    <t>25.39%</t>
+  </si>
+  <si>
+    <t>16.76%</t>
+  </si>
+  <si>
+    <t>GLOBAL</t>
+  </si>
+  <si>
+    <t>0.49%</t>
+  </si>
+  <si>
+    <t>0.74%</t>
+  </si>
+  <si>
+    <t>1.39%</t>
+  </si>
+  <si>
+    <t>1.25%</t>
+  </si>
+  <si>
+    <t>10.90%</t>
+  </si>
+  <si>
+    <t>17.81%</t>
+  </si>
+  <si>
+    <t>Renta fija</t>
+  </si>
+  <si>
+    <t>0.02%</t>
+  </si>
+  <si>
+    <t>0.14%</t>
+  </si>
+  <si>
+    <t>0.20%</t>
+  </si>
+  <si>
+    <t>0.59%</t>
   </si>
   <si>
     <t>1.78%</t>
   </si>
   <si>
-    <t>2.78%</t>
-[...14 lines deleted...]
-    <t>BRASIL</t>
+    <t>7.52%</t>
+  </si>
+  <si>
+    <t>15.56%</t>
+  </si>
+  <si>
+    <t>0.03%</t>
+  </si>
+  <si>
+    <t>0.11%</t>
+  </si>
+  <si>
+    <t>0.28%</t>
+  </si>
+  <si>
+    <t>0.54%</t>
+  </si>
+  <si>
+    <t>1.15%</t>
+  </si>
+  <si>
+    <t>6.27%</t>
+  </si>
+  <si>
+    <t>12.42%</t>
+  </si>
+  <si>
+    <t>CHILE</t>
+  </si>
+  <si>
+    <t>0.01%</t>
+  </si>
+  <si>
+    <t>0.07%</t>
+  </si>
+  <si>
+    <t>0.12%</t>
+  </si>
+  <si>
+    <t>0.42%</t>
+  </si>
+  <si>
+    <t>1.10%</t>
+  </si>
+  <si>
+    <t>4.93%</t>
+  </si>
+  <si>
+    <t>12.16%</t>
+  </si>
+  <si>
+    <t>0.17%</t>
   </si>
   <si>
     <t>-0.42%</t>
   </si>
   <si>
-    <t>-0.85%</t>
-[...167 lines deleted...]
-    <t>23.68%</t>
+    <t>2.57%</t>
+  </si>
+  <si>
+    <t>15.29%</t>
+  </si>
+  <si>
+    <t>22.94%</t>
   </si>
   <si>
     <t>ESTADOS UNIDOS</t>
   </si>
   <si>
-    <t>0.38%</t>
-[...11 lines deleted...]
-    <t>16.24%</t>
+    <t>0.57%</t>
+  </si>
+  <si>
+    <t>0.58%</t>
+  </si>
+  <si>
+    <t>-0.44%</t>
+  </si>
+  <si>
+    <t>-4.17%</t>
+  </si>
+  <si>
+    <t>8.10%</t>
+  </si>
+  <si>
+    <t>16.93%</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -618,52 +612,52 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="6" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="6" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="8" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
@@ -692,301 +686,301 @@
       </c>
       <c r="E2" t="s">
         <v>13</v>
       </c>
       <c r="F2" t="s">
         <v>14</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3" t="s">
         <v>18</v>
       </c>
       <c r="B3" t="s">
         <v>10</v>
       </c>
       <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="F3" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>23</v>
       </c>
-      <c r="H3" t="s">
+      <c r="I3" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>26</v>
+      </c>
+      <c r="E4" t="s">
         <v>27</v>
       </c>
-      <c r="D4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>28</v>
       </c>
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>29</v>
       </c>
-      <c r="F4" t="s">
+      <c r="I4" t="s">
         <v>30</v>
-      </c>
-[...7 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
         <v>35</v>
       </c>
-      <c r="D5" t="s">
+      <c r="G5" t="s">
         <v>36</v>
       </c>
-      <c r="E5" t="s">
+      <c r="H5" t="s">
         <v>37</v>
       </c>
-      <c r="F5" t="s">
+      <c r="I5" t="s">
         <v>38</v>
-      </c>
-[...7 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="B6" t="s">
         <v>10</v>
       </c>
       <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>40</v>
+      </c>
+      <c r="E6" t="s">
+        <v>41</v>
+      </c>
+      <c r="F6" t="s">
+        <v>42</v>
+      </c>
+      <c r="G6" t="s">
         <v>43</v>
       </c>
-      <c r="D6" t="s">
+      <c r="H6" t="s">
         <v>44</v>
       </c>
-      <c r="E6" t="s">
+      <c r="I6" t="s">
         <v>45</v>
-      </c>
-[...10 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="B7" t="s">
+        <v>46</v>
+      </c>
+      <c r="C7" t="s">
+        <v>47</v>
+      </c>
+      <c r="D7" t="s">
+        <v>48</v>
+      </c>
+      <c r="E7" t="s">
         <v>49</v>
       </c>
-      <c r="C7" t="s">
+      <c r="F7" t="s">
         <v>50</v>
       </c>
-      <c r="D7" t="s">
+      <c r="G7" t="s">
         <v>51</v>
       </c>
-      <c r="E7" t="s">
+      <c r="H7" t="s">
         <v>52</v>
       </c>
-      <c r="F7" t="s">
+      <c r="I7" t="s">
         <v>53</v>
-      </c>
-[...7 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8" t="s">
+        <v>31</v>
+      </c>
+      <c r="B8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" t="s">
+        <v>54</v>
+      </c>
+      <c r="D8" t="s">
+        <v>55</v>
+      </c>
+      <c r="E8" t="s">
+        <v>56</v>
+      </c>
+      <c r="F8" t="s">
         <v>57</v>
       </c>
-      <c r="B8" t="s">
-[...2 lines deleted...]
-      <c r="C8" t="s">
+      <c r="G8" t="s">
         <v>58</v>
       </c>
-      <c r="D8" t="s">
+      <c r="H8" t="s">
         <v>59</v>
       </c>
-      <c r="E8" t="s">
-[...5 lines deleted...]
-      <c r="G8" t="s">
+      <c r="I8" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9" t="s">
-        <v>26</v>
+        <v>61</v>
       </c>
       <c r="B9" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="C9" t="s">
+        <v>62</v>
+      </c>
+      <c r="D9" t="s">
         <v>63</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>64</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
         <v>65</v>
       </c>
-      <c r="F9" t="s">
+      <c r="G9" t="s">
         <v>66</v>
       </c>
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>67</v>
       </c>
-      <c r="H9" t="s">
+      <c r="I9" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="B10" t="s">
         <v>10</v>
       </c>
       <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E10" t="s">
+        <v>50</v>
+      </c>
+      <c r="F10" t="s">
         <v>70</v>
       </c>
-      <c r="D10" t="s">
+      <c r="G10" t="s">
         <v>71</v>
       </c>
-      <c r="E10" t="s">
+      <c r="H10" t="s">
         <v>72</v>
       </c>
-      <c r="F10" t="s">
+      <c r="I10" t="s">
         <v>73</v>
-      </c>
-[...7 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="B11" t="s">
         <v>10</v>
       </c>
       <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11" t="s">
+        <v>75</v>
+      </c>
+      <c r="E11" t="s">
+        <v>76</v>
+      </c>
+      <c r="F11" t="s">
+        <v>77</v>
+      </c>
+      <c r="G11" t="s">
         <v>78</v>
       </c>
-      <c r="D11" t="s">
-[...5 lines deleted...]
-      <c r="F11" t="s">
+      <c r="H11" t="s">
         <v>79</v>
       </c>
-      <c r="G11" t="s">
+      <c r="I11" t="s">
         <v>80</v>
-      </c>
-[...4 lines deleted...]
-        <v>82</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">